--- v0 (2026-01-15)
+++ v1 (2026-03-02)
@@ -490,51 +490,51 @@
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="26" customWidth="1" min="1" max="1"/>
     <col width="28" customWidth="1" min="2" max="2"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Utility Dashboard Export</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
           <t>Generated</t>
         </is>
       </c>
       <c r="B2" s="3" t="n">
-        <v>46037.45700086343</v>
+        <v>46083.04326993482</v>
       </c>
     </row>
     <row r="3"/>
     <row r="4">
       <c r="A4" s="2" t="inlineStr">
         <is>
           <t>Success rate</t>
         </is>
       </c>
       <c r="B4" s="4" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="5"/>
     <row r="6">
       <c r="A6" s="5" t="inlineStr">
         <is>
           <t>Metric</t>
         </is>
       </c>
       <c r="B6" s="5" t="inlineStr">
         <is>
           <t>Value</t>
         </is>
       </c>